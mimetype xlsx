--- v0 (2025-10-10)
+++ v1 (2026-01-04)
@@ -11617,82 +11617,86 @@
         <v>49</v>
       </c>
       <c r="F238" t="s">
         <v>63</v>
       </c>
       <c r="G238" t="s">
         <v>51</v>
       </c>
       <c r="H238">
         <v>1</v>
       </c>
       <c r="I238" t="s">
         <v>958</v>
       </c>
       <c r="J238" t="s">
         <v>958</v>
       </c>
       <c r="K238" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239">
         <v>238</v>
       </c>
-      <c r="B239"/>
+      <c r="B239" t="s">
+        <v>11</v>
+      </c>
       <c r="C239" t="s">
         <v>694</v>
       </c>
       <c r="D239" t="s">
         <v>963</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
         <v>964</v>
       </c>
       <c r="G239" t="s">
         <v>150</v>
       </c>
       <c r="H239">
         <v>1</v>
       </c>
       <c r="I239" t="s">
         <v>965</v>
       </c>
       <c r="J239" t="s">
         <v>965</v>
       </c>
       <c r="K239" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240">
         <v>239</v>
       </c>
-      <c r="B240"/>
+      <c r="B240" t="s">
+        <v>11</v>
+      </c>
       <c r="C240" t="s">
         <v>967</v>
       </c>
       <c r="D240" t="s">
         <v>963</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
         <v>964</v>
       </c>
       <c r="G240" t="s">
         <v>23</v>
       </c>
       <c r="H240">
         <v>1</v>
       </c>
       <c r="I240" t="s">
         <v>968</v>
       </c>
       <c r="J240" t="s">
         <v>968</v>
       </c>
       <c r="K240" t="s">
         <v>969</v>
       </c>