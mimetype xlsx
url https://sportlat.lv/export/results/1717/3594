--- v0 (2025-10-17)
+++ v1 (2026-01-14)
@@ -6129,51 +6129,53 @@
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>496</v>
       </c>
       <c r="G112" t="s">
         <v>97</v>
       </c>
       <c r="H112">
         <v>1</v>
       </c>
       <c r="I112" t="s">
         <v>497</v>
       </c>
       <c r="J112" t="s">
         <v>497</v>
       </c>
       <c r="K112" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113">
         <v>112</v>
       </c>
-      <c r="B113"/>
+      <c r="B113" t="s">
+        <v>11</v>
+      </c>
       <c r="C113" t="s">
         <v>419</v>
       </c>
       <c r="D113" t="s">
         <v>320</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
         <v>136</v>
       </c>
       <c r="G113" t="s">
         <v>16</v>
       </c>
       <c r="H113">
         <v>1</v>
       </c>
       <c r="I113" t="s">
         <v>499</v>
       </c>
       <c r="J113" t="s">
         <v>499</v>
       </c>
       <c r="K113" t="s">
         <v>500</v>
       </c>