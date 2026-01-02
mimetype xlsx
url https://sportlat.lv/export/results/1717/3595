--- v0 (2025-10-13)
+++ v1 (2026-01-02)
@@ -1821,51 +1821,53 @@
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>63</v>
       </c>
       <c r="J10" t="s">
         <v>63</v>
       </c>
       <c r="K10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>10</v>
       </c>
-      <c r="B11"/>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
       <c r="G11" t="s">
         <v>16</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="s">
         <v>69</v>
       </c>
       <c r="J11" t="s">
         <v>69</v>
       </c>
       <c r="K11" t="s">