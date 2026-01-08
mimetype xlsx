--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -11373,51 +11373,53 @@
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>34</v>
       </c>
       <c r="G153" t="s">
         <v>72</v>
       </c>
       <c r="H153">
         <v>3</v>
       </c>
       <c r="I153" t="s">
         <v>764</v>
       </c>
       <c r="J153" t="s">
         <v>765</v>
       </c>
       <c r="K153" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154">
         <v>153</v>
       </c>
-      <c r="B154"/>
+      <c r="B154" t="s">
+        <v>11</v>
+      </c>
       <c r="C154" t="s">
         <v>767</v>
       </c>
       <c r="D154" t="s">
         <v>768</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>769</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154">
         <v>3</v>
       </c>
       <c r="I154" t="s">
         <v>770</v>
       </c>
       <c r="J154" t="s">
         <v>771</v>
       </c>
       <c r="K154" t="s">
         <v>772</v>
       </c>