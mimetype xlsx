--- v0 (2025-10-15)
+++ v1 (2026-01-06)
@@ -1643,51 +1643,53 @@
         <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23">
         <v>3</v>
       </c>
       <c r="I23" t="s">
         <v>130</v>
       </c>
       <c r="J23" t="s">
         <v>131</v>
       </c>
       <c r="K23" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>23</v>
       </c>
-      <c r="B24"/>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
       <c r="C24" t="s">
         <v>133</v>
       </c>
       <c r="D24" t="s">
         <v>134</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>135</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>3</v>
       </c>
       <c r="I24" t="s">
         <v>136</v>
       </c>
       <c r="J24" t="s">
         <v>137</v>
       </c>
       <c r="K24" t="s">
         <v>138</v>
       </c>