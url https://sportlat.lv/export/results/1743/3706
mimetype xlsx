--- v0 (2025-10-16)
+++ v1 (2026-01-10)
@@ -27925,51 +27925,53 @@
         <v>239</v>
       </c>
       <c r="G460" t="s">
         <v>19</v>
       </c>
       <c r="H460">
         <v>1</v>
       </c>
       <c r="I460" t="s">
         <v>1289</v>
       </c>
       <c r="J460" t="s">
         <v>1289</v>
       </c>
       <c r="K460"/>
       <c r="L460"/>
       <c r="M460"/>
       <c r="N460" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="461" spans="1:14">
       <c r="A461">
         <v>460</v>
       </c>
-      <c r="B461"/>
+      <c r="B461" t="s">
+        <v>14</v>
+      </c>
       <c r="C461" t="s">
         <v>749</v>
       </c>
       <c r="D461" t="s">
         <v>1839</v>
       </c>
       <c r="E461"/>
       <c r="F461" t="s">
         <v>1840</v>
       </c>
       <c r="G461" t="s">
         <v>19</v>
       </c>
       <c r="H461">
         <v>1</v>
       </c>
       <c r="I461" t="s">
         <v>1841</v>
       </c>
       <c r="J461" t="s">
         <v>1841</v>
       </c>
       <c r="K461"/>
       <c r="L461"/>
       <c r="M461"/>
@@ -45351,51 +45353,53 @@
         <v>18</v>
       </c>
       <c r="G929" t="s">
         <v>56</v>
       </c>
       <c r="H929">
         <v>1</v>
       </c>
       <c r="I929" t="s">
         <v>3064</v>
       </c>
       <c r="J929" t="s">
         <v>3064</v>
       </c>
       <c r="K929"/>
       <c r="L929"/>
       <c r="M929"/>
       <c r="N929" t="s">
         <v>3064</v>
       </c>
     </row>
     <row r="930" spans="1:14">
       <c r="A930">
         <v>929</v>
       </c>
-      <c r="B930"/>
+      <c r="B930" t="s">
+        <v>14</v>
+      </c>
       <c r="C930" t="s">
         <v>3065</v>
       </c>
       <c r="D930" t="s">
         <v>1839</v>
       </c>
       <c r="E930"/>
       <c r="F930" t="s">
         <v>1840</v>
       </c>
       <c r="G930" t="s">
         <v>19</v>
       </c>
       <c r="H930">
         <v>1</v>
       </c>
       <c r="I930" t="s">
         <v>3066</v>
       </c>
       <c r="J930" t="s">
         <v>3066</v>
       </c>
       <c r="K930"/>
       <c r="L930"/>
       <c r="M930"/>