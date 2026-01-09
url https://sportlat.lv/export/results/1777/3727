--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -10705,51 +10705,53 @@
         <v>544</v>
       </c>
       <c r="F172" t="s">
         <v>115</v>
       </c>
       <c r="G172" t="s">
         <v>15</v>
       </c>
       <c r="H172">
         <v>1</v>
       </c>
       <c r="I172" t="s">
         <v>545</v>
       </c>
       <c r="J172" t="s">
         <v>545</v>
       </c>
       <c r="K172" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173">
         <v>172</v>
       </c>
-      <c r="B173"/>
+      <c r="B173" t="s">
+        <v>11</v>
+      </c>
       <c r="C173" t="s">
         <v>340</v>
       </c>
       <c r="D173" t="s">
         <v>546</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
         <v>547</v>
       </c>
       <c r="G173" t="s">
         <v>15</v>
       </c>
       <c r="H173">
         <v>1</v>
       </c>
       <c r="I173" t="s">
         <v>545</v>
       </c>
       <c r="J173" t="s">
         <v>545</v>
       </c>
       <c r="K173" t="s">
         <v>545</v>
       </c>