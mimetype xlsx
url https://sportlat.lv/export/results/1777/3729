--- v0 (2025-10-29)
+++ v1 (2025-12-31)
@@ -1848,51 +1848,53 @@
         <v>78</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>16</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>95</v>
       </c>
       <c r="J22" t="s">
         <v>95</v>
       </c>
       <c r="K22" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>22</v>
       </c>
-      <c r="B23"/>
+      <c r="B23" t="s">
+        <v>11</v>
+      </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>97</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>98</v>
       </c>
       <c r="G23" t="s">
         <v>21</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>99</v>
       </c>
       <c r="J23" t="s">
         <v>99</v>
       </c>
       <c r="K23" t="s">
         <v>99</v>
       </c>
@@ -2444,51 +2446,53 @@
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>116</v>
       </c>
       <c r="G40" t="s">
         <v>21</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
         <v>147</v>
       </c>
       <c r="J40" t="s">
         <v>147</v>
       </c>
       <c r="K40" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>40</v>
       </c>
-      <c r="B41"/>
+      <c r="B41" t="s">
+        <v>11</v>
+      </c>
       <c r="C41" t="s">
         <v>148</v>
       </c>
       <c r="D41" t="s">
         <v>149</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>150</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
         <v>151</v>
       </c>
       <c r="J41" t="s">
         <v>151</v>
       </c>
       <c r="K41" t="s">
         <v>151</v>
       </c>