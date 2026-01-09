--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1221">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -3303,50 +3303,53 @@
     <t>Boļa</t>
   </si>
   <si>
     <t>0:55:37</t>
   </si>
   <si>
     <t>00:55:36.47</t>
   </si>
   <si>
     <t>Mārīte</t>
   </si>
   <si>
     <t>Vērse</t>
   </si>
   <si>
     <t>00:55:36.70</t>
   </si>
   <si>
     <t>Valtere</t>
   </si>
   <si>
     <t>0:55:38</t>
   </si>
   <si>
     <t>00:55:37.03</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>0:55:50</t>
   </si>
   <si>
     <t>00:55:49.36</t>
   </si>
   <si>
     <t>Elza</t>
   </si>
   <si>
     <t>Meistere</t>
   </si>
   <si>
     <t>0:55:55</t>
   </si>
   <si>
     <t>00:55:54.89</t>
   </si>
   <si>
     <t>Konuševskis</t>
   </si>
@@ -13307,1214 +13310,1214 @@
       </c>
       <c r="F275" t="s">
         <v>50</v>
       </c>
       <c r="G275" t="s">
         <v>108</v>
       </c>
       <c r="H275">
         <v>1</v>
       </c>
       <c r="I275" t="s">
         <v>1095</v>
       </c>
       <c r="J275" t="s">
         <v>1095</v>
       </c>
       <c r="K275" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>11</v>
+        <v>1097</v>
       </c>
       <c r="C276" t="s">
         <v>450</v>
       </c>
       <c r="D276" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="E276" t="s">
         <v>64</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>108</v>
       </c>
       <c r="H276">
         <v>1</v>
       </c>
       <c r="I276" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J276" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="K276" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
         <v>11</v>
       </c>
       <c r="C277" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D277" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="E277"/>
       <c r="F277" t="s">
         <v>107</v>
       </c>
       <c r="G277" t="s">
         <v>27</v>
       </c>
       <c r="H277">
         <v>1</v>
       </c>
       <c r="I277" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="J277" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="K277" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>11</v>
       </c>
       <c r="C278" t="s">
         <v>269</v>
       </c>
       <c r="D278" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="E278"/>
       <c r="F278" t="s">
         <v>50</v>
       </c>
       <c r="G278" t="s">
         <v>121</v>
       </c>
       <c r="H278">
         <v>1</v>
       </c>
       <c r="I278" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="J278" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="K278" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279"/>
       <c r="C279" t="s">
         <v>704</v>
       </c>
       <c r="D279" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E279" t="s">
         <v>607</v>
       </c>
       <c r="F279" t="s">
         <v>1084</v>
       </c>
       <c r="G279" t="s">
         <v>108</v>
       </c>
       <c r="H279">
         <v>1</v>
       </c>
       <c r="I279" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="J279" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="K279" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>11</v>
       </c>
       <c r="C280" t="s">
         <v>676</v>
       </c>
       <c r="D280" t="s">
         <v>335</v>
       </c>
       <c r="E280" t="s">
         <v>330</v>
       </c>
       <c r="F280" t="s">
         <v>331</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280">
         <v>1</v>
       </c>
       <c r="I280" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="J280" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="K280" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
         <v>11</v>
       </c>
       <c r="C281" t="s">
         <v>640</v>
       </c>
       <c r="D281" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="E281" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F281" t="s">
         <v>378</v>
       </c>
       <c r="G281" t="s">
         <v>300</v>
       </c>
       <c r="H281">
         <v>1</v>
       </c>
       <c r="I281" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="J281" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="K281" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282"/>
       <c r="C282" t="s">
         <v>42</v>
       </c>
       <c r="D282" t="s">
         <v>270</v>
       </c>
       <c r="E282" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F282" t="s">
         <v>378</v>
       </c>
       <c r="G282" t="s">
         <v>121</v>
       </c>
       <c r="H282">
         <v>1</v>
       </c>
       <c r="I282" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="J282" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="K282" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
         <v>11</v>
       </c>
       <c r="C283" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D283" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="G283" t="s">
         <v>300</v>
       </c>
       <c r="H283">
         <v>1</v>
       </c>
       <c r="I283" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J283" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="K283" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284"/>
       <c r="C284" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D284" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
         <v>50</v>
       </c>
       <c r="G284" t="s">
         <v>300</v>
       </c>
       <c r="H284">
         <v>1</v>
       </c>
       <c r="I284" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="J284" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="K284" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
         <v>11</v>
       </c>
       <c r="C285" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="D285" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="E285" t="s">
         <v>607</v>
       </c>
       <c r="F285" t="s">
         <v>218</v>
       </c>
       <c r="G285" t="s">
         <v>300</v>
       </c>
       <c r="H285">
         <v>1</v>
       </c>
       <c r="I285" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J285" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="K285" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
         <v>11</v>
       </c>
       <c r="C286" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D286" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E286"/>
       <c r="F286" t="s">
         <v>331</v>
       </c>
       <c r="G286" t="s">
         <v>108</v>
       </c>
       <c r="H286">
         <v>1</v>
       </c>
       <c r="I286" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="J286" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="K286" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
         <v>11</v>
       </c>
       <c r="C287" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D287" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
         <v>331</v>
       </c>
       <c r="G287" t="s">
         <v>108</v>
       </c>
       <c r="H287">
         <v>1</v>
       </c>
       <c r="I287" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="J287" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="K287" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288"/>
       <c r="C288" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D288" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
         <v>50</v>
       </c>
       <c r="G288" t="s">
         <v>300</v>
       </c>
       <c r="H288">
         <v>1</v>
       </c>
       <c r="I288" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="J288" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="K288" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289"/>
       <c r="C289" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D289" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E289" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F289" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="G289" t="s">
         <v>300</v>
       </c>
       <c r="H289">
         <v>1</v>
       </c>
       <c r="I289" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="J289" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="K289" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
         <v>11</v>
       </c>
       <c r="C290" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D290" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="E290" t="s">
         <v>607</v>
       </c>
       <c r="F290" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="G290" t="s">
         <v>219</v>
       </c>
       <c r="H290">
         <v>1</v>
       </c>
       <c r="I290" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="J290" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="K290" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291"/>
       <c r="C291" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D291" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="E291" t="s">
         <v>1039</v>
       </c>
       <c r="F291" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="G291" t="s">
         <v>15</v>
       </c>
       <c r="H291">
         <v>1</v>
       </c>
       <c r="I291" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J291" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="K291" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
         <v>11</v>
       </c>
       <c r="C292" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D292" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="G292" t="s">
         <v>300</v>
       </c>
       <c r="H292">
         <v>1</v>
       </c>
       <c r="I292" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J292" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="K292" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>11</v>
       </c>
       <c r="C293" t="s">
         <v>597</v>
       </c>
       <c r="D293" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E293" t="s">
         <v>964</v>
       </c>
       <c r="F293" t="s">
         <v>209</v>
       </c>
       <c r="G293" t="s">
         <v>108</v>
       </c>
       <c r="H293">
         <v>1</v>
       </c>
       <c r="I293" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="J293" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="K293" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294"/>
       <c r="C294" t="s">
         <v>450</v>
       </c>
       <c r="D294" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="E294" t="s">
         <v>964</v>
       </c>
       <c r="F294" t="s">
         <v>14</v>
       </c>
       <c r="G294" t="s">
         <v>219</v>
       </c>
       <c r="H294">
         <v>1</v>
       </c>
       <c r="I294" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="J294" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="K294" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295"/>
       <c r="C295" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D295" t="s">
         <v>963</v>
       </c>
       <c r="E295" t="s">
         <v>964</v>
       </c>
       <c r="F295" t="s">
         <v>14</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>1</v>
       </c>
       <c r="I295" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="J295" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="K295" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296"/>
       <c r="C296" t="s">
         <v>820</v>
       </c>
       <c r="D296" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="E296" t="s">
         <v>964</v>
       </c>
       <c r="F296" t="s">
         <v>209</v>
       </c>
       <c r="G296" t="s">
         <v>56</v>
       </c>
       <c r="H296">
         <v>1</v>
       </c>
       <c r="I296" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="J296" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="K296" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>11</v>
       </c>
       <c r="C297" t="s">
         <v>161</v>
       </c>
       <c r="D297" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="E297" t="s">
         <v>964</v>
       </c>
       <c r="F297" t="s">
         <v>209</v>
       </c>
       <c r="G297" t="s">
         <v>121</v>
       </c>
       <c r="H297">
         <v>1</v>
       </c>
       <c r="I297" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J297" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="K297" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>11</v>
       </c>
       <c r="C298" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D298" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E298" t="s">
         <v>964</v>
       </c>
       <c r="F298" t="s">
         <v>209</v>
       </c>
       <c r="G298" t="s">
         <v>300</v>
       </c>
       <c r="H298">
         <v>1</v>
       </c>
       <c r="I298" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="J298" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="K298" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299"/>
       <c r="C299" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="D299" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E299" t="s">
         <v>883</v>
       </c>
       <c r="F299" t="s">
         <v>50</v>
       </c>
       <c r="G299" t="s">
         <v>300</v>
       </c>
       <c r="H299">
         <v>1</v>
       </c>
       <c r="I299" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="J299" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="K299" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300"/>
       <c r="C300" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D300" t="s">
         <v>882</v>
       </c>
       <c r="E300" t="s">
         <v>883</v>
       </c>
       <c r="F300" t="s">
         <v>50</v>
       </c>
       <c r="G300" t="s">
         <v>300</v>
       </c>
       <c r="H300">
         <v>1</v>
       </c>
       <c r="I300" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="J300" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="K300" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301"/>
       <c r="C301" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D301" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="E301" t="s">
         <v>883</v>
       </c>
       <c r="F301" t="s">
         <v>50</v>
       </c>
       <c r="G301" t="s">
         <v>300</v>
       </c>
       <c r="H301">
         <v>1</v>
       </c>
       <c r="I301" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="J301" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="K301" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>11</v>
       </c>
       <c r="C302" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D302" t="s">
         <v>31</v>
       </c>
       <c r="E302" t="s">
         <v>883</v>
       </c>
       <c r="F302" t="s">
         <v>50</v>
       </c>
       <c r="G302" t="s">
         <v>121</v>
       </c>
       <c r="H302">
         <v>1</v>
       </c>
       <c r="I302" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="J302" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="K302" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303"/>
       <c r="C303" t="s">
         <v>544</v>
       </c>
       <c r="D303" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="E303" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="F303" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="G303" t="s">
         <v>300</v>
       </c>
       <c r="H303">
         <v>1</v>
       </c>
       <c r="I303" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="J303" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="K303" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>11</v>
       </c>
       <c r="C304" t="s">
         <v>733</v>
       </c>
       <c r="D304" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E304" t="s">
         <v>607</v>
       </c>
       <c r="F304" t="s">
         <v>50</v>
       </c>
       <c r="G304" t="s">
         <v>121</v>
       </c>
       <c r="H304">
         <v>1</v>
       </c>
       <c r="I304" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J304" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="K304" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305"/>
       <c r="C305" t="s">
         <v>36</v>
       </c>
       <c r="D305" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="E305" t="s">
         <v>607</v>
       </c>
       <c r="F305" t="s">
         <v>204</v>
       </c>
       <c r="G305" t="s">
         <v>56</v>
       </c>
       <c r="H305">
         <v>1</v>
       </c>
       <c r="I305" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J305" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="K305" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306"/>
       <c r="C306" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D306" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="E306" t="s">
         <v>607</v>
       </c>
       <c r="F306" t="s">
         <v>204</v>
       </c>
       <c r="G306" t="s">
         <v>108</v>
       </c>
       <c r="H306">
         <v>1</v>
       </c>
       <c r="I306" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="J306" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="K306" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307"/>
       <c r="C307" t="s">
         <v>711</v>
       </c>
       <c r="D307" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="E307" t="s">
         <v>607</v>
       </c>
       <c r="F307" t="s">
         <v>204</v>
       </c>
       <c r="G307" t="s">
         <v>219</v>
       </c>
       <c r="H307">
         <v>1</v>
       </c>
       <c r="I307" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="J307" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="K307" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308">
         <v>308</v>
       </c>
       <c r="B308"/>
       <c r="C308" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D308" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="E308" t="s">
         <v>607</v>
       </c>
       <c r="F308" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="G308" t="s">
         <v>108</v>
       </c>
       <c r="H308">
         <v>1</v>
       </c>
       <c r="I308" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J308" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="K308" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309">
         <v>307</v>
       </c>
       <c r="B309"/>
       <c r="C309" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D309" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="E309" t="s">
         <v>607</v>
       </c>
       <c r="F309" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="G309" t="s">
         <v>300</v>
       </c>
       <c r="H309">
         <v>1</v>
       </c>
       <c r="I309" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J309" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="K309" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310"/>
       <c r="C310" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D310" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E310" t="s">
         <v>607</v>
       </c>
       <c r="F310" t="s">
         <v>204</v>
       </c>
       <c r="G310" t="s">
         <v>108</v>
       </c>
       <c r="H310">
         <v>1</v>
       </c>
       <c r="I310" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="J310" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="K310" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">