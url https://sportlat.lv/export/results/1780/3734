--- v0 (2025-10-08)
+++ v1 (2026-01-06)
@@ -3901,51 +3901,53 @@
         <v>167</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="G30" t="s">
         <v>72</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
         <v>168</v>
       </c>
       <c r="J30" t="s">
         <v>168</v>
       </c>
       <c r="K30" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>30</v>
       </c>
-      <c r="B31"/>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
       <c r="C31" t="s">
         <v>170</v>
       </c>
       <c r="D31" t="s">
         <v>171</v>
       </c>
       <c r="E31" t="s">
         <v>172</v>
       </c>
       <c r="F31" t="s">
         <v>173</v>
       </c>
       <c r="G31" t="s">
         <v>16</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>174</v>
       </c>
       <c r="J31" t="s">
         <v>174</v>
       </c>
       <c r="K31" t="s">