--- v1 (2026-01-06)
+++ v2 (2026-02-23)
@@ -1391,51 +1391,51 @@
   <si>
     <t>Pečaks</t>
   </si>
   <si>
     <t>1:03:31</t>
   </si>
   <si>
     <t>01:03:30.70</t>
   </si>
   <si>
     <t>Dainars</t>
   </si>
   <si>
     <t>Zolmanis</t>
   </si>
   <si>
     <t>1:03:38</t>
   </si>
   <si>
     <t>01:03:37.01</t>
   </si>
   <si>
     <t>Megija</t>
   </si>
   <si>
-    <t>Kikuča</t>
+    <t>Freiberga</t>
   </si>
   <si>
     <t>1:03:40</t>
   </si>
   <si>
     <t>01:03:39.90</t>
   </si>
   <si>
     <t>Gočs</t>
   </si>
   <si>
     <t>1:03:49</t>
   </si>
   <si>
     <t>01:03:48.67</t>
   </si>
   <si>
     <t>Pūne</t>
   </si>
   <si>
     <t>1:03:56</t>
   </si>
   <si>
     <t>01:03:55.80</t>
   </si>
@@ -5657,51 +5657,53 @@
         <v>100</v>
       </c>
       <c r="F82" t="s">
         <v>38</v>
       </c>
       <c r="G82" t="s">
         <v>82</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" t="s">
         <v>386</v>
       </c>
       <c r="J82" t="s">
         <v>386</v>
       </c>
       <c r="K82" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>82</v>
       </c>
-      <c r="B83"/>
+      <c r="B83" t="s">
+        <v>11</v>
+      </c>
       <c r="C83" t="s">
         <v>47</v>
       </c>
       <c r="D83" t="s">
         <v>388</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>38</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83" t="s">
         <v>389</v>
       </c>
       <c r="J83" t="s">
         <v>389</v>
       </c>
       <c r="K83" t="s">
         <v>390</v>
       </c>