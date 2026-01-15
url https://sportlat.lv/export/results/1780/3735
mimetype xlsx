--- v0 (2025-10-06)
+++ v1 (2026-01-15)
@@ -4755,51 +4755,53 @@
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>28</v>
       </c>
       <c r="G89" t="s">
         <v>137</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
       <c r="I89" t="s">
         <v>424</v>
       </c>
       <c r="J89" t="s">
         <v>424</v>
       </c>
       <c r="K89" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
         <v>89</v>
       </c>
-      <c r="B90"/>
+      <c r="B90" t="s">
+        <v>11</v>
+      </c>
       <c r="C90" t="s">
         <v>347</v>
       </c>
       <c r="D90" t="s">
         <v>328</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>88</v>
       </c>
       <c r="G90" t="s">
         <v>16</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="I90" t="s">
         <v>426</v>
       </c>
       <c r="J90" t="s">
         <v>426</v>
       </c>
       <c r="K90" t="s">
         <v>427</v>
       </c>