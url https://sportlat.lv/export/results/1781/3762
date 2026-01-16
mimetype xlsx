--- v0 (2025-10-15)
+++ v1 (2026-01-16)
@@ -10663,51 +10663,53 @@
         <v>1031</v>
       </c>
       <c r="G169" t="s">
         <v>51</v>
       </c>
       <c r="H169">
         <v>2</v>
       </c>
       <c r="I169" t="s">
         <v>1032</v>
       </c>
       <c r="J169" t="s">
         <v>930</v>
       </c>
       <c r="K169" t="s">
         <v>1033</v>
       </c>
       <c r="L169" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>169</v>
       </c>
-      <c r="B170"/>
+      <c r="B170" t="s">
+        <v>12</v>
+      </c>
       <c r="C170" t="s">
         <v>182</v>
       </c>
       <c r="D170" t="s">
         <v>1035</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>1036</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170">
         <v>2</v>
       </c>
       <c r="I170" t="s">
         <v>1037</v>
       </c>
       <c r="J170" t="s">
         <v>1038</v>
       </c>
       <c r="K170" t="s">
         <v>1039</v>
       </c>