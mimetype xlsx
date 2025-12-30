--- v0 (2025-10-10)
+++ v1 (2025-12-30)
@@ -8341,51 +8341,53 @@
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>81</v>
       </c>
       <c r="G93" t="s">
         <v>40</v>
       </c>
       <c r="H93">
         <v>1</v>
       </c>
       <c r="I93" t="s">
         <v>493</v>
       </c>
       <c r="J93" t="s">
         <v>494</v>
       </c>
       <c r="K93" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
         <v>93</v>
       </c>
-      <c r="B94"/>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
       <c r="C94" t="s">
         <v>496</v>
       </c>
       <c r="D94" t="s">
         <v>497</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>498</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94" t="s">
         <v>493</v>
       </c>
       <c r="J94" t="s">
         <v>494</v>
       </c>
       <c r="K94" t="s">
         <v>499</v>
       </c>
@@ -14966,51 +14968,53 @@
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
         <v>81</v>
       </c>
       <c r="G292" t="s">
         <v>99</v>
       </c>
       <c r="H292">
         <v>1</v>
       </c>
       <c r="I292" t="s">
         <v>1378</v>
       </c>
       <c r="J292" t="s">
         <v>1379</v>
       </c>
       <c r="K292" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293">
         <v>292</v>
       </c>
-      <c r="B293"/>
+      <c r="B293" t="s">
+        <v>11</v>
+      </c>
       <c r="C293" t="s">
         <v>1381</v>
       </c>
       <c r="D293" t="s">
         <v>497</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
         <v>498</v>
       </c>
       <c r="G293" t="s">
         <v>68</v>
       </c>
       <c r="H293">
         <v>1</v>
       </c>
       <c r="I293" t="s">
         <v>1382</v>
       </c>
       <c r="J293" t="s">
         <v>1383</v>
       </c>
       <c r="K293" t="s">
         <v>1384</v>
       </c>
@@ -15908,51 +15912,53 @@
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
         <v>691</v>
       </c>
       <c r="G320" t="s">
         <v>148</v>
       </c>
       <c r="H320">
         <v>1</v>
       </c>
       <c r="I320" t="s">
         <v>1492</v>
       </c>
       <c r="J320" t="s">
         <v>1493</v>
       </c>
       <c r="K320" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321">
         <v>320</v>
       </c>
-      <c r="B321"/>
+      <c r="B321" t="s">
+        <v>11</v>
+      </c>
       <c r="C321" t="s">
         <v>601</v>
       </c>
       <c r="D321" t="s">
         <v>1496</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
         <v>1497</v>
       </c>
       <c r="G321" t="s">
         <v>99</v>
       </c>
       <c r="H321">
         <v>1</v>
       </c>
       <c r="I321" t="s">
         <v>1498</v>
       </c>
       <c r="J321" t="s">
         <v>1499</v>
       </c>
       <c r="K321" t="s">
         <v>1500</v>
       </c>