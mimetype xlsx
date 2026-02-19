--- v0 (2025-10-14)
+++ v1 (2026-02-19)
@@ -2027,51 +2027,53 @@
         <v>111</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13" t="s">
         <v>112</v>
       </c>
       <c r="J13" t="s">
         <v>113</v>
       </c>
       <c r="K13" t="s">
         <v>90</v>
       </c>
       <c r="L13" t="s">
         <v>114</v>
       </c>
       <c r="M13" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14">
         <v>13</v>
       </c>
-      <c r="B14"/>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
       <c r="C14" t="s">
         <v>116</v>
       </c>
       <c r="D14" t="s">
         <v>117</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>53</v>
       </c>
       <c r="G14" t="s">
         <v>54</v>
       </c>
       <c r="H14">
         <v>3</v>
       </c>
       <c r="I14" t="s">
         <v>118</v>
       </c>
       <c r="J14" t="s">
         <v>119</v>
       </c>
       <c r="K14" t="s">
         <v>120</v>
       </c>
@@ -2686,51 +2688,53 @@
         <v>54</v>
       </c>
       <c r="H30">
         <v>3</v>
       </c>
       <c r="I30" t="s">
         <v>229</v>
       </c>
       <c r="J30" t="s">
         <v>230</v>
       </c>
       <c r="K30" t="s">
         <v>231</v>
       </c>
       <c r="L30" t="s">
         <v>210</v>
       </c>
       <c r="M30" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31">
         <v>31</v>
       </c>
-      <c r="B31"/>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
       <c r="C31" t="s">
         <v>233</v>
       </c>
       <c r="D31" t="s">
         <v>234</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>235</v>
       </c>
       <c r="G31" t="s">
         <v>94</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31" t="s">
         <v>236</v>
       </c>
       <c r="J31" t="s">
         <v>237</v>
       </c>
       <c r="K31" t="s">
         <v>238</v>
       </c>
@@ -2959,88 +2963,92 @@
         <v>278</v>
       </c>
       <c r="H37">
         <v>3</v>
       </c>
       <c r="I37" t="s">
         <v>279</v>
       </c>
       <c r="J37" t="s">
         <v>271</v>
       </c>
       <c r="K37" t="s">
         <v>272</v>
       </c>
       <c r="L37" t="s">
         <v>280</v>
       </c>
       <c r="M37" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38">
         <v>37</v>
       </c>
-      <c r="B38"/>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
       <c r="C38" t="s">
         <v>282</v>
       </c>
       <c r="D38" t="s">
         <v>283</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>284</v>
       </c>
       <c r="G38" t="s">
         <v>111</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38" t="s">
         <v>285</v>
       </c>
       <c r="J38" t="s">
         <v>286</v>
       </c>
       <c r="K38" t="s">
         <v>287</v>
       </c>
       <c r="L38" t="s">
         <v>288</v>
       </c>
       <c r="M38" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39">
         <v>38</v>
       </c>
-      <c r="B39"/>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
       <c r="C39" t="s">
         <v>290</v>
       </c>
       <c r="D39" t="s">
         <v>291</v>
       </c>
       <c r="E39" t="s">
         <v>207</v>
       </c>
       <c r="F39" t="s">
         <v>208</v>
       </c>
       <c r="G39" t="s">
         <v>263</v>
       </c>
       <c r="H39">
         <v>3</v>
       </c>
       <c r="I39" t="s">
         <v>292</v>
       </c>
       <c r="J39" t="s">
         <v>195</v>
       </c>
       <c r="K39" t="s">
@@ -3392,51 +3400,53 @@
         <v>263</v>
       </c>
       <c r="H48">
         <v>3</v>
       </c>
       <c r="I48" t="s">
         <v>351</v>
       </c>
       <c r="J48" t="s">
         <v>352</v>
       </c>
       <c r="K48" t="s">
         <v>353</v>
       </c>
       <c r="L48" t="s">
         <v>354</v>
       </c>
       <c r="M48" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49"/>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
       <c r="C49" t="s">
         <v>356</v>
       </c>
       <c r="D49" t="s">
         <v>357</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>358</v>
       </c>
       <c r="G49" t="s">
         <v>102</v>
       </c>
       <c r="H49">
         <v>3</v>
       </c>
       <c r="I49" t="s">
         <v>359</v>
       </c>
       <c r="J49" t="s">
         <v>360</v>
       </c>
       <c r="K49" t="s">
         <v>361</v>
       </c>