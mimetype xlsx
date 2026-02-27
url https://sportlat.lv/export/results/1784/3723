--- v0 (2025-10-04)
+++ v1 (2026-02-27)
@@ -1411,51 +1411,53 @@
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>105</v>
       </c>
       <c r="G21" t="s">
         <v>39</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>106</v>
       </c>
       <c r="J21" t="s">
         <v>106</v>
       </c>
       <c r="K21" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>21</v>
       </c>
-      <c r="B22"/>
+      <c r="B22" t="s">
+        <v>25</v>
+      </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" t="s">
         <v>112</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>113</v>
       </c>
       <c r="J22" t="s">
         <v>113</v>
       </c>
       <c r="K22" t="s">