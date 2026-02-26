--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -2594,51 +2594,53 @@
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>88</v>
       </c>
       <c r="G39" t="s">
         <v>28</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s">
         <v>187</v>
       </c>
       <c r="J39" t="s">
         <v>187</v>
       </c>
       <c r="K39" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>38</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>18</v>
+      </c>
       <c r="C40" t="s">
         <v>40</v>
       </c>
       <c r="D40" t="s">
         <v>189</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>88</v>
       </c>
       <c r="G40" t="s">
         <v>115</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
         <v>187</v>
       </c>
       <c r="J40" t="s">
         <v>187</v>
       </c>
       <c r="K40" t="s">
         <v>190</v>
       </c>