--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -933,50 +933,53 @@
     <t>Sēburgas vikingi</t>
   </si>
   <si>
     <t>Grobiņa</t>
   </si>
   <si>
     <t>1:17:53</t>
   </si>
   <si>
     <t>01:17:47.51</t>
   </si>
   <si>
     <t>Nataļja</t>
   </si>
   <si>
     <t>Vološenkova</t>
   </si>
   <si>
     <t>BORN2WIN / ONE TEAM ONE DREAM</t>
   </si>
   <si>
     <t>1:26:37</t>
   </si>
   <si>
     <t>01:26:34.62</t>
+  </si>
+  <si>
+    <t>EST</t>
   </si>
   <si>
     <t>Līga</t>
   </si>
   <si>
     <t>Rakšte</t>
   </si>
   <si>
     <t>Maratona klubs</t>
   </si>
   <si>
     <t>1:29:09</t>
   </si>
   <si>
     <t>01:29:04.80</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
@@ -3630,78 +3633,78 @@
       </c>
       <c r="F70" t="s">
         <v>27</v>
       </c>
       <c r="G70" t="s">
         <v>43</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" t="s">
         <v>305</v>
       </c>
       <c r="J70" t="s">
         <v>305</v>
       </c>
       <c r="K70" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>11</v>
+        <v>307</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D71" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E71" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F71" t="s">
         <v>176</v>
       </c>
       <c r="G71" t="s">
         <v>43</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J71" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="K71" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">