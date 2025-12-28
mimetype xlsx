--- v0 (2025-10-15)
+++ v1 (2025-12-28)
@@ -2995,51 +2995,53 @@
         <v>207</v>
       </c>
       <c r="F45" t="s">
         <v>37</v>
       </c>
       <c r="G45" t="s">
         <v>86</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
         <v>208</v>
       </c>
       <c r="J45" t="s">
         <v>208</v>
       </c>
       <c r="K45" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>45</v>
       </c>
-      <c r="B46"/>
+      <c r="B46" t="s">
+        <v>11</v>
+      </c>
       <c r="C46" t="s">
         <v>210</v>
       </c>
       <c r="D46" t="s">
         <v>211</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>212</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>213</v>
       </c>
       <c r="J46" t="s">
         <v>213</v>
       </c>
       <c r="K46" t="s">
         <v>214</v>
       </c>