--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -47,102 +47,102 @@
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
     <t>Finišs</t>
   </si>
   <si>
     <t>1. aplis</t>
   </si>
   <si>
     <t>Tīrais rez.</t>
   </si>
   <si>
+    <t>LAT</t>
+  </si>
+  <si>
     <t>Inese</t>
   </si>
   <si>
     <t>Grīsle</t>
   </si>
   <si>
     <t>Priekule</t>
   </si>
   <si>
     <t>SNUJ-5</t>
   </si>
   <si>
     <t>0:42:04</t>
   </si>
   <si>
     <t>00:41:56.57</t>
   </si>
   <si>
     <t>Sigita</t>
   </si>
   <si>
     <t>Logina</t>
   </si>
   <si>
     <t>Aistere</t>
   </si>
   <si>
     <t>0:44:24</t>
   </si>
   <si>
     <t>00:44:16.51</t>
   </si>
   <si>
     <t>Valters-Edgars</t>
   </si>
   <si>
     <t>Štrauss</t>
   </si>
   <si>
     <t>Grobiņas pag.</t>
   </si>
   <si>
     <t>VNUJ-5</t>
   </si>
   <si>
     <t>0:47:23</t>
   </si>
   <si>
     <t>00:47:14.43</t>
-  </si>
-[...1 lines deleted...]
-    <t>LAT</t>
   </si>
   <si>
     <t>Dace</t>
   </si>
   <si>
     <t>Štrausa</t>
   </si>
   <si>
     <t>0:47:24</t>
   </si>
   <si>
     <t>00:47:15.11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
@@ -507,158 +507,162 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2">
         <v>1</v>
       </c>
-      <c r="B2"/>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4">
         <v>3</v>
       </c>
-      <c r="B4"/>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s">
         <v>31</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>