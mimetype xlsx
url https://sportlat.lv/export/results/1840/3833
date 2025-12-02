--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -5487,51 +5487,53 @@
         <v>2</v>
       </c>
       <c r="I48" t="s">
         <v>334</v>
       </c>
       <c r="J48" t="s">
         <v>263</v>
       </c>
       <c r="K48" t="s">
         <v>340</v>
       </c>
       <c r="L48" t="s">
         <v>341</v>
       </c>
       <c r="M48" t="s">
         <v>334</v>
       </c>
       <c r="N48" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49"/>
+      <c r="B49" t="s">
+        <v>14</v>
+      </c>
       <c r="C49" t="s">
         <v>81</v>
       </c>
       <c r="D49" t="s">
         <v>342</v>
       </c>
       <c r="E49" t="s">
         <v>343</v>
       </c>
       <c r="F49" t="s">
         <v>344</v>
       </c>
       <c r="G49" t="s">
         <v>19</v>
       </c>
       <c r="H49">
         <v>2</v>
       </c>
       <c r="I49" t="s">
         <v>345</v>
       </c>
       <c r="J49" t="s">
         <v>346</v>
       </c>
       <c r="K49" t="s">