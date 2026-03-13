--- v0 (2025-10-16)
+++ v1 (2026-03-13)
@@ -30436,51 +30436,53 @@
       </c>
       <c r="J437" t="s">
         <v>2421</v>
       </c>
       <c r="K437" t="s">
         <v>2315</v>
       </c>
       <c r="L437" t="s">
         <v>1935</v>
       </c>
       <c r="M437" t="s">
         <v>2298</v>
       </c>
       <c r="N437" t="s">
         <v>2422</v>
       </c>
       <c r="O437" t="s">
         <v>2420</v>
       </c>
       <c r="P437"/>
     </row>
     <row r="438" spans="1:16">
       <c r="A438">
         <v>437</v>
       </c>
-      <c r="B438"/>
+      <c r="B438" t="s">
+        <v>15</v>
+      </c>
       <c r="C438" t="s">
         <v>716</v>
       </c>
       <c r="D438" t="s">
         <v>2423</v>
       </c>
       <c r="E438"/>
       <c r="F438" t="s">
         <v>101</v>
       </c>
       <c r="G438" t="s">
         <v>19</v>
       </c>
       <c r="H438">
         <v>5</v>
       </c>
       <c r="I438" t="s">
         <v>2424</v>
       </c>
       <c r="J438" t="s">
         <v>2425</v>
       </c>
       <c r="K438" t="s">
         <v>1878</v>
       </c>